--- v0 (2025-10-06)
+++ v1 (2026-03-21)
@@ -1,548 +1,582 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="4667465B" w14:textId="6BBB1026" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
+    <w:p w14:paraId="4667465B" w14:textId="6BBB1026" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="009209E1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
           <w:tab w:val="num" w:pos="5590"/>
         </w:tabs>
         <w:ind w:left="5103"/>
         <w:rPr>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5D059886">
         <w:rPr>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Priėmimo į Kauno rajono savivaldybės bendrojo ugdymo mokyklas mokytis pagal priešmokyklinio ugdymo, bendrojo ugdymo programas ir ikimokyklinio ugdymo mokyklą mokytis pagal priešmokyklinio ugdymo programą tvarkos aprašo </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0302F89D" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
+    <w:p w14:paraId="0302F89D" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="008907AB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
           <w:tab w:val="num" w:pos="5590"/>
         </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="5103"/>
         <w:rPr>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidRPr="0048112A">
         <w:t>priedas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24085390" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
-[...17 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="1DD6F2CE" w14:textId="3DF7AE8D" w:rsidR="30CA3482" w:rsidRDefault="30CA3482" w:rsidP="008907AB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    </w:p>
+    <w:p w14:paraId="5974E410" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="00D068AA">
+      <w:pPr>
         <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>_______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="745E16DF" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="00601C22" w:rsidRDefault="002D57DC" w:rsidP="00D068AA">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00601C22">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00601C22">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>pareiškėjo vardas ir pavardė</w:t>
       </w:r>
       <w:r w:rsidRPr="00601C22">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58A059C7" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="58A059C7" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="00D068AA">
+      <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1AA10F5F" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="1AA10F5F" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="00D068AA">
+      <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>_______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FD76E74" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="00601C22" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="2FD76E74" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="00601C22" w:rsidRDefault="002D57DC" w:rsidP="00D068AA">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00601C22">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00601C22">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>gyvenamosios vietos adresas, telefonas, el. paštas</w:t>
       </w:r>
       <w:r w:rsidRPr="00601C22">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DDE57CB" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="1DDE57CB" w14:textId="2FCDB5F8" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="00D068AA">
+      <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64466172" w14:textId="17BC547A" w:rsidR="002D57DC" w:rsidRPr="006D656E" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
-[...13 lines deleted...]
-    <w:p w14:paraId="7B1535D7" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
+    <w:p w14:paraId="75DAC1B6" w14:textId="501958C2" w:rsidR="002D57DC" w:rsidRPr="009655EB" w:rsidRDefault="002D57DC" w:rsidP="00D068AA">
+      <w:r>
+        <w:t>Kauno r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009655EB">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF056B" w:rsidRPr="004952AA">
+        <w:t>Raudondvario gimnazijos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64466172" w14:textId="58C5CC03" w:rsidR="002D57DC" w:rsidRPr="00601C22" w:rsidRDefault="002D57DC" w:rsidP="00D068AA">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">direktoriui                 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B1535D7" w14:textId="2E854F93" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="00D068AA">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77BF7ABA" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
-[...4 lines deleted...]
-    <w:p w14:paraId="07D43B11" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
+    <w:p w14:paraId="07D43B11" w14:textId="242E4810" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="00D068AA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4020"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">PRAŠYMAS DĖL PRIĖMIMO Į IKIMOKYKLINIO UGDYMO ARBA BENDROJO </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00930BCD">
+        <w:t xml:space="preserve">PRAŠYMAS DĖL PRIĖMIMO Į </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF056B">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>UGDYMO MOKYKLĄ</w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="73EABAA3" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
+        <w:t>KAUNO R. RAUDONDVARIO GIMNAZIJĄ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73EABAA3" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="00D068AA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4020"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F06F9A7" w14:textId="114E6B10" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
+    <w:p w14:paraId="64F1BB5C" w14:textId="776EDB9F" w:rsidR="002D57DC" w:rsidRDefault="115FEC86" w:rsidP="008907AB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4020"/>
         </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009655EB">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="006D656E">
-[...3 lines deleted...]
-    <w:p w14:paraId="19A427A7" w14:textId="63177139" w:rsidR="002D57DC" w:rsidRDefault="006D656E" w:rsidP="002D57DC">
+      <w:r w:rsidR="006B7E51" w:rsidRPr="009655EB">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-_____-___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2264F21C" w14:textId="6FFCA24D" w:rsidR="4117D189" w:rsidRPr="004952AA" w:rsidRDefault="000254ED" w:rsidP="008907AB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4020"/>
         </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="004952AA">
         <w:t>Raudondvaris</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4991FD0C" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
-      <w:pPr>
+    <w:p w14:paraId="4F741633" w14:textId="16AC54A4" w:rsidR="115FEC86" w:rsidRDefault="115FEC86" w:rsidP="008907AB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4020"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="00A584DD" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00A584DD" w14:textId="398DEC05" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="008907AB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Prašau priimti mano sūnų / dukterį / globotinį(ę) / įvaikį(ę) </w:t>
       </w:r>
       <w:r w:rsidRPr="00601C22">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(reikalingą </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>pa</w:t>
       </w:r>
       <w:r w:rsidRPr="00601C22">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>braukti)</w:t>
       </w:r>
       <w:r>
-        <w:t>_________ ___________________________________________________________, gimusį(</w:t>
+        <w:t>_________ __________________________________________, gimusį(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>ią</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>) ___________</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="68E6BB0B" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="00601C22" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
+      <w:r w:rsidR="008907AB">
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68E6BB0B" w14:textId="003E947E" w:rsidR="002D57DC" w:rsidRPr="00601C22" w:rsidRDefault="002D57DC" w:rsidP="008907AB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00601C22">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(vaiko vardas ir pavardė, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                            </w:t>
+      </w:r>
+      <w:r w:rsidR="008907AB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00601C22">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>gimimo data)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00601C22">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="552EAF14" w14:textId="4D75CC26" w:rsidR="002D57DC" w:rsidRDefault="004952AA" w:rsidP="007C1D17">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00601C22">
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="115FEC86">
+        <w:t>yvenantį(</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>č</w:t>
+      </w:r>
+      <w:r w:rsidR="115FEC86">
+        <w:t>ią</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="115FEC86">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="007C1D17">
+        <w:t xml:space="preserve"> ___________________________________________________________________ _______</w:t>
+      </w:r>
+      <w:r>
+        <w:t>_________________________________________________________________________</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="002D57DC" w:rsidRPr="00601C22">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="002D57DC" w:rsidRPr="00601C22">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                         </w:t>
-[...37 lines deleted...]
-    <w:p w14:paraId="552EAF14" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="00601C22" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
+        <w:t>deklaruotos gyvenamosios vietos adresas)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D0CE248" w14:textId="77777777" w:rsidR="008907AB" w:rsidRPr="008907AB" w:rsidRDefault="008907AB" w:rsidP="008907AB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...54 lines deleted...]
-      <w:r w:rsidR="00CC29AF">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="578937F9" w14:textId="0F6B70DE" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="008907AB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9498"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>nuo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000254ED">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20</w:t>
+      </w:r>
+      <w:r w:rsidR="000254ED" w:rsidRPr="000254ED">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> m.__________</w:t>
+      </w:r>
+      <w:r w:rsidR="008907AB">
         <w:t>__</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...12 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve"> ___</w:t>
+      </w:r>
+      <w:r w:rsidR="008907AB">
+        <w:t>__</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> d. į Kauno r. </w:t>
+      </w:r>
+      <w:r w:rsidR="000254ED">
+        <w:t>Raudondvario gimnazij</w:t>
+      </w:r>
+      <w:r w:rsidR="004952AA">
+        <w:t>os</w:t>
+      </w:r>
+      <w:r w:rsidR="008907AB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>klasę</w:t>
-[...10 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:t>__________klasę.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C3CFF36" w14:textId="77777777" w:rsidR="00D068AA" w:rsidRDefault="00D068AA" w:rsidP="008907AB">
+      <w:pPr>
+        <w:spacing w:line="336" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4635399A" w14:textId="7565C4D4" w:rsidR="002D57DC" w:rsidRPr="007C2D7D" w:rsidRDefault="002D57DC" w:rsidP="008907AB">
+      <w:pPr>
+        <w:spacing w:line="336" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1923BD4A" wp14:editId="28B05277">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5748767</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>15939</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="152400" cy="168275"/>
             <wp:effectExtent l="0" t="0" r="0" b="3175"/>
             <wp:wrapNone/>
             <wp:docPr id="310898109" name="Paveikslėlis 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="310898109" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print">
+                    <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="152400" cy="168275"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
@@ -581,378 +615,392 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="000D0D78">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02EFA33D" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="00930BCD" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
+    <w:p w14:paraId="02EFA33D" w14:textId="14ABCB43" w:rsidR="002D57DC" w:rsidRPr="00930BCD" w:rsidRDefault="5BFBC767" w:rsidP="00D068AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00930BCD">
+      <w:r>
+        <w:t xml:space="preserve">1.1. </w:t>
+      </w:r>
+      <w:r w:rsidR="002D57DC">
         <w:t>Asmuo, turintis sunkių judėjimo ir atramos funkcijos sutrikimų.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00930BCD">
+      <w:r w:rsidR="002D57DC" w:rsidRPr="2960C472">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E5609EA" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="00930BCD" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
+    <w:p w14:paraId="3E5609EA" w14:textId="0C3ED5DE" w:rsidR="002D57DC" w:rsidRPr="00930BCD" w:rsidRDefault="0E97F962" w:rsidP="00D068AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00930BCD">
+      <w:r>
+        <w:t xml:space="preserve">1.2. </w:t>
+      </w:r>
+      <w:r w:rsidR="002D57DC">
         <w:t>Asmuo, kurio bent vienas iš tėvų turi sunkių judėjimo ir atramos funkcijos sutrikimų.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05C73D0A" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="00930BCD" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
+    <w:p w14:paraId="05C73D0A" w14:textId="51722978" w:rsidR="002D57DC" w:rsidRPr="00930BCD" w:rsidRDefault="4268184E" w:rsidP="00D068AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00930BCD">
+      <w:r>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="002D57DC">
         <w:t>Įvaikintas asmuo, globotinis, rūpintinis.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="477D69BF" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="00537145" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
+    <w:p w14:paraId="477D69BF" w14:textId="31B058AB" w:rsidR="002D57DC" w:rsidRPr="00537145" w:rsidRDefault="32190F59" w:rsidP="00D068AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00930BCD">
-[...6 lines deleted...]
-    <w:p w14:paraId="314E984F" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="00537145" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
+      <w:r>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="002D57DC">
+        <w:t>Asmuo, turintis didelių ar labai didelių specialiųjų ugdymosi poreikių.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="314E984F" w14:textId="1C37EAF7" w:rsidR="002D57DC" w:rsidRPr="00537145" w:rsidRDefault="78AB788E" w:rsidP="00D068AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00537145">
+      <w:r>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidR="002D57DC">
         <w:t>Asmuo, kurio gyvenamoji vieta deklaruota savivaldybės suteiktame socialiniame būste.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F35D2F6" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="00537145" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
+    <w:p w14:paraId="2F35D2F6" w14:textId="3BF44512" w:rsidR="002D57DC" w:rsidRPr="00537145" w:rsidRDefault="08478040" w:rsidP="00D068AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00537145">
+      <w:r>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidR="002D57DC">
         <w:t>Asmuo, kurio broliai / seserys prašymo pateikimo metu jau mokosi toje įstaigoje.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EEAED0D" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="00537145" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
+    <w:p w14:paraId="3EEAED0D" w14:textId="3AA6D3D8" w:rsidR="002D57DC" w:rsidRPr="00537145" w:rsidRDefault="72EFF032" w:rsidP="00D068AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00537145">
+      <w:r>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidR="002D57DC">
         <w:t>Asmuo, kurio bent vienas iš tėvų pedagoginis darbuotojas, dirbantis toje įstaigoje.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5594E2B7" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="00537145" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
+    <w:p w14:paraId="5594E2B7" w14:textId="4EDD1AAF" w:rsidR="002D57DC" w:rsidRPr="00537145" w:rsidRDefault="2C35442F" w:rsidP="00D068AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00537145">
+      <w:r>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidR="002D57DC">
         <w:t>Asmuo, kurio tėvai patenka į savivaldybės tarybos sprendimu patvirtintą Trūkstamų specialistų pritraukimo į savivaldybės viešąsias ir biudžetines įstaigas programą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D346318" w14:textId="45E71995" w:rsidR="002D57DC" w:rsidRPr="006D656E" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
+    <w:p w14:paraId="38CAFE89" w14:textId="15626D6D" w:rsidR="008907AB" w:rsidRPr="00D068AA" w:rsidRDefault="5FBC51D6" w:rsidP="00D068AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00537145">
-[...24 lines deleted...]
-    <w:p w14:paraId="4DCA4FB5" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="00AA7E1F" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
+      <w:r>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidR="002D57DC">
+        <w:t>Asmuo, gyvenamąją vietą deklaravęs Mokyklai priskirtoje aptarnavimo teritorijoje.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7145CC1D" w14:textId="77777777" w:rsidR="00D068AA" w:rsidRDefault="00D068AA" w:rsidP="009209E1">
+      <w:pPr>
+        <w:spacing w:line="312" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DCA4FB5" w14:textId="7C0CB6E6" w:rsidR="002D57DC" w:rsidRPr="00AA7E1F" w:rsidRDefault="002D57DC" w:rsidP="00D068AA">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA7E1F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Nesant vietų ugdymo įstaigoje</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA7E1F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>, kuri priskirta pagal deklaruotą gyvenamąją vietą, kita arčiausiai gyvenamosios vietos esanti ugdymo įstaiga, kurią pageidautume lankyti yra</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6560B13D" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
+    <w:p w14:paraId="6560B13D" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="00D068AA">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>_______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="497C4CDF" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="497C4CDF" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="009209E1">
+      <w:pPr>
+        <w:spacing w:line="312" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D0D78">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="000D0D78">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ugdymo įstaigos pavadinimas</w:t>
       </w:r>
       <w:r w:rsidRPr="000D0D78">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="409DED70" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
-[...5 lines deleted...]
-    <w:p w14:paraId="05AAC725" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="007C2D7D" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
+    <w:p w14:paraId="409DED70" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="009209E1">
+      <w:pPr>
+        <w:spacing w:line="312" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05AAC725" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="007C2D7D" w:rsidRDefault="002D57DC" w:rsidP="00D068AA">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="005C2BDA">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="216F72C3" wp14:editId="7EF218DA">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5748767</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>15939</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="152400" cy="168275"/>
             <wp:effectExtent l="0" t="0" r="0" b="3175"/>
             <wp:wrapNone/>
             <wp:docPr id="1012972453" name="Paveikslėlis 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="310898109" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print">
+                    <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="152400" cy="168275"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
@@ -964,51 +1012,51 @@
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4BE3069C" wp14:editId="7AFAB4AC">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5748767</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>15939</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="152400" cy="168275"/>
             <wp:effectExtent l="0" t="0" r="0" b="3175"/>
             <wp:wrapNone/>
             <wp:docPr id="471439391" name="Paveikslėlis 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="310898109" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print">
+                    <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="152400" cy="168275"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
@@ -1047,331 +1095,344 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="000D0D78">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03A687AC" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="005C2BDA" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
+    <w:p w14:paraId="03A687AC" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="005C2BDA" w:rsidRDefault="002D57DC" w:rsidP="00D068AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>asmuo</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2BDA">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, kurį augina vienas iš tėvų (</w:t>
       </w:r>
       <w:r>
         <w:t>tiksliai parašyta 6.2. papunktyje</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2BDA">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26AF91ED" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="005C2BDA" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
+    <w:p w14:paraId="26AF91ED" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="005C2BDA" w:rsidRDefault="002D57DC" w:rsidP="00D068AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>asmuo</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2BDA">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> su negalia bei </w:t>
       </w:r>
       <w:r>
         <w:t>asmuo</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2BDA">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, kurio vienas arba abu tėvai yra asmenys su negalia</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="387DECAB" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="005C2BDA" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
+    <w:p w14:paraId="387DECAB" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="005C2BDA" w:rsidRDefault="002D57DC" w:rsidP="00D068AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2BDA">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>dvynukai, trynukai ir kiti daugiavaisio gimimo asmenys (priimami kartu)</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51ED1F1B" w14:textId="2480C462" w:rsidR="002D57DC" w:rsidRPr="005C2BDA" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
+    <w:p w14:paraId="51ED1F1B" w14:textId="2480C462" w:rsidR="002D57DC" w:rsidRPr="005C2BDA" w:rsidRDefault="002D57DC" w:rsidP="00D068AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2BDA">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>asmenys iš daugiavaik</w:t>
       </w:r>
       <w:r w:rsidR="00AC3BEC">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2BDA">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>ų šeimų</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10CF377D" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="005C2BDA" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
+    <w:p w14:paraId="10CF377D" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="005C2BDA" w:rsidRDefault="002D57DC" w:rsidP="00D068AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2BDA">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>asmuo, kurio broliai ir (ar) seserys prašymo pateikimo metu jau mokosi toje mokykloje</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (netaikoma ikimokyklinio ugdymo programoje besimokantiems vaikams);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7890605E" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="005C2BDA" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
+    <w:p w14:paraId="7890605E" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="005C2BDA" w:rsidRDefault="002D57DC" w:rsidP="00D068AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2BDA">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>asmuo, kuris jau mokėsi, buvo ugdomas toje ugdymo įstaigoje, kurioje pageidauja tęsti mokymąsi, pagal aukštesnio lygmens programą</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55CDEB8F" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="005C2BDA" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
+    <w:p w14:paraId="55CDEB8F" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="005C2BDA" w:rsidRDefault="002D57DC" w:rsidP="00D068AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>asmuo</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2BDA">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, kurio bent vienas iš tėvų užsienio valstybių diplomatinio korpuso darbuotojas, dirbantis LR esančiose diplomatinėse atstovybėse, LR diplomatinio korpuso darbuotojas, sugrįžęs iš darbo užsienyje gyventi į Mokyklai priskirtą aptarnavimo teritoriją, ir LR krašto apsaugos sistemos profesinės karo tarnybos karys, perkeltas gyventi į mokyklai priskirtą aptarnavimo teritoriją</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (tiksliai parašyta 6.7. papunktyje);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57D2BF10" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="005C2BDA" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
+    <w:p w14:paraId="57D2BF10" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRPr="005C2BDA" w:rsidRDefault="002D57DC" w:rsidP="00D068AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2BDA">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>reemigrantų vaikas, kurio tėvai buvo deklaravę išvykimą iš Lietuvos, tačiau apsisprendė grįžti ir prie savo prašymo pateikė visus reikiamus dokumentus, patvirtinančius, kad jie su savo vaikais buvo išvykę gyventi į užsienį (išsideklaravimo iš Lietuvos pažyma, vaiko mokymosi užsienyje pasiekimų pažyma) ir nuo grįžimo į Lietuvą nesimokė pagal jokią ugdymo programą LR teritorijoje</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (tiksliai parašyta 6.8. papunktyje);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68ABC285" w14:textId="232E7D22" w:rsidR="30CA3482" w:rsidRDefault="002D57DC" w:rsidP="30CA3482">
+    <w:p w14:paraId="4AF8BB27" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="00D068AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>asmuo</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2BDA">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, kurio bent vienas iš tėvų toje mokykloje dirbantis pedagoginis darbuotojas</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="4330A80D" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="009209E1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68ABC285" w14:textId="161C21EF" w:rsidR="30CA3482" w:rsidRDefault="30CA3482" w:rsidP="30CA3482">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="3CABCF3E" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>PRIDEDAMOS PIRMUMO TEISĘ PATVIRTINANČIŲ DOKUMENTŲ KOPIJOS:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="263A532B" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1398,86 +1459,85 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E870D10" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0074E93D" w14:textId="48700091" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="006D656E">
+    <w:p w14:paraId="2E0CEFF6" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C1F57D2" w14:textId="77777777" w:rsidR="006D656E" w:rsidRDefault="006D656E" w:rsidP="002D57DC">
+    <w:p w14:paraId="25C13758" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0074E93D" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20247A77" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="1418"/>
-        <w:rPr>
-[...16 lines deleted...]
-        <w:ind w:firstLine="1418"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>_______</w:t>
       </w:r>
       <w:r>
         <w:t>____________                     ___________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="327AEEA4" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="2279"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
@@ -1485,53 +1545,54 @@
         </w:rPr>
         <w:t>parašas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)                                                                 (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>pareiškėjo vardas ir pavardė</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3121CC87" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC"/>
     <w:p w14:paraId="78B0290D" w14:textId="77777777" w:rsidR="002D57DC" w:rsidRDefault="002D57DC" w:rsidP="002D57DC"/>
-    <w:sectPr w:rsidR="002D57DC" w:rsidSect="006D656E">
+    <w:p w14:paraId="5BC5987F" w14:textId="77777777" w:rsidR="00DA4268" w:rsidRDefault="00DA4268"/>
+    <w:sectPr w:rsidR="00DA4268" w:rsidSect="00D068AA">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1135" w:right="567" w:bottom="567" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
+      <w:pgMar w:top="993" w:right="567" w:bottom="426" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -1769,68 +1830,96 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D57DC"/>
-    <w:rsid w:val="000E31D4"/>
+    <w:rsid w:val="000254ED"/>
+    <w:rsid w:val="002A1C56"/>
     <w:rsid w:val="002D57DC"/>
     <w:rsid w:val="003E60AC"/>
-    <w:rsid w:val="006D656E"/>
+    <w:rsid w:val="004952AA"/>
+    <w:rsid w:val="006B7E51"/>
     <w:rsid w:val="006E67A5"/>
+    <w:rsid w:val="007C1D17"/>
+    <w:rsid w:val="008907AB"/>
+    <w:rsid w:val="009209E1"/>
+    <w:rsid w:val="009655EB"/>
     <w:rsid w:val="00AC3BEC"/>
-    <w:rsid w:val="00CC29AF"/>
+    <w:rsid w:val="00BF056B"/>
+    <w:rsid w:val="00D068AA"/>
     <w:rsid w:val="00DA4268"/>
+    <w:rsid w:val="00EF1820"/>
+    <w:rsid w:val="08478040"/>
+    <w:rsid w:val="0E97F962"/>
+    <w:rsid w:val="115FEC86"/>
     <w:rsid w:val="195FE787"/>
     <w:rsid w:val="1D004622"/>
+    <w:rsid w:val="24525464"/>
+    <w:rsid w:val="2960C472"/>
+    <w:rsid w:val="2C35442F"/>
     <w:rsid w:val="30CA3482"/>
+    <w:rsid w:val="32190F59"/>
     <w:rsid w:val="33B3BA1A"/>
+    <w:rsid w:val="374C2A2F"/>
+    <w:rsid w:val="37C5C195"/>
+    <w:rsid w:val="3FC35433"/>
     <w:rsid w:val="40577CDD"/>
+    <w:rsid w:val="4117D189"/>
+    <w:rsid w:val="4268184E"/>
     <w:rsid w:val="49623101"/>
     <w:rsid w:val="53EE176B"/>
+    <w:rsid w:val="5BFBC767"/>
     <w:rsid w:val="5C020500"/>
     <w:rsid w:val="5D059886"/>
+    <w:rsid w:val="5F28017E"/>
+    <w:rsid w:val="5FBC51D6"/>
+    <w:rsid w:val="64C1D9DD"/>
+    <w:rsid w:val="66C7D9F0"/>
     <w:rsid w:val="68096934"/>
+    <w:rsid w:val="6AEC644E"/>
+    <w:rsid w:val="72EFF032"/>
+    <w:rsid w:val="78AB788E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="51AFF183"/>
@@ -2753,51 +2842,51 @@
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="002D57DC"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -3051,90 +3140,75 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>685</Words>
-  <Characters>3905</Characters>
+  <Words>677</Words>
+  <Characters>3865</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>32</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4581</CharactersWithSpaces>
+  <CharactersWithSpaces>4533</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sandra Žydaitienė</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>